--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -88,132 +88,148 @@
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00B3179E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Brauerstrasse 15, Postfach 834</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00B3179E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>8401 Winterthur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00B3179E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>www.ksw.ch</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00477FEC" w:rsidRPr="00D77A3C" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
+    <w:p w:rsidR="00477FEC" w:rsidRPr="00291455" w:rsidRDefault="00D77A3C" w:rsidP="00D77A3C">
       <w:pPr>
         <w:ind w:left="7088"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B3179E">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Frauenklinik</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Direktorin/Chefärztin: </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00291455">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Dr. med. Gesine Meili</w:t>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:t>Direktorin/Chefärztin: Dr. med. Gesine Meili</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00936756" w:rsidRPr="00291455" w:rsidRDefault="000A45B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F0131">
-        <w:rPr>
+      <w:r w:rsidRPr="00291455">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Austrittsformular nach </w:t>
       </w:r>
-      <w:r w:rsidR="00927201" w:rsidRPr="002F0131">
-        <w:rPr>
+      <w:r w:rsidR="00927201" w:rsidRPr="00291455">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Brustoperation</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A45B6" w:rsidRDefault="000A45B6"/>
-    <w:p w:rsidR="002F0131" w:rsidRPr="002F0131" w:rsidRDefault="000A45B6" w:rsidP="000A45B6">
-      <w:r>
+    <w:p w:rsidR="002F0131" w:rsidRPr="00291455" w:rsidRDefault="000A45B6" w:rsidP="000A45B6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291455">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Sehr geehrte Frau _______</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002F0131" w:rsidRDefault="002F0131" w:rsidP="000A45B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000A45B6" w:rsidRDefault="000A45B6" w:rsidP="000A45B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Sie haben sich in unserem Spital einem Eingriff unterzogen. Wir hoffen, dass Sie sich bereits ein wenig von der Operation erholt haben. Dieses Informationsblatt soll Ihnen die für Sie wichtigsten Punkte zusammenfassen und Ihnen zudem als Stütze für die Zeit nach dem Spitalaufenthalt bis zur ärztlichen Nachkontrolle dienen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A45B6" w:rsidRDefault="000A45B6" w:rsidP="000A45B6">
@@ -624,51 +640,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00927201" w:rsidRDefault="00927201" w:rsidP="00927201">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00927201" w:rsidRDefault="00927201" w:rsidP="00927201">
       <w:pPr>
         <w:pStyle w:val="Pxrtf"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Falls Sie noch Fragen haben, wenden Sie sich bitten an Ihren einweisenden Arzt / Ihre einweisende Ärztin oder den Notfallarzt der Frauenklinik. </w:t>
+        <w:t xml:space="preserve">Falls Sie noch Fragen haben, wenden Sie sich bitte an Ihren einweisenden Arzt / Ihre einweisende Ärztin oder den Notfallarzt der Frauenklinik. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00927201" w:rsidRDefault="00927201" w:rsidP="00927201">
       <w:pPr>
         <w:pStyle w:val="Pxrtf"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00927201" w:rsidRDefault="00927201" w:rsidP="00927201">
       <w:pPr>
         <w:pStyle w:val="Pxrtf"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>In Notfällen bitten wir um Anmeldung unter 052 266 30 30 (Notfall Gynäkologie KSW, 4. Stock).</w:t>
@@ -1154,106 +1170,107 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A45B6"/>
     <w:rsid w:val="000A45B6"/>
+    <w:rsid w:val="00291455"/>
     <w:rsid w:val="002F0131"/>
+    <w:rsid w:val="003A2479"/>
     <w:rsid w:val="0043239C"/>
     <w:rsid w:val="00477FEC"/>
     <w:rsid w:val="00927201"/>
     <w:rsid w:val="00936756"/>
     <w:rsid w:val="00A37B04"/>
     <w:rsid w:val="00AB60EA"/>
     <w:rsid w:val="00D77A3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="06DE7574"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A7756809-3792-4581-A735-9B42034B9DCD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2021,68 +2038,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>299</Words>
-  <Characters>1887</Characters>
+  <Characters>1886</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kantonsspital Winterthur</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2182</CharactersWithSpaces>
+  <CharactersWithSpaces>2181</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wuffli, Nadine, YBI</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>